--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\SITO WEB\ELENCO PAGAMENTI PER OPERA 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Utenti\Flavio\RISERVATO\SITO WEB E MAIL\trasparenza\pagamenti 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{092829E2-9BF0-4053-8CF8-90A1D4B3AD31}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4FB7E92-0E38-4634-888E-1045526F621D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Mandati fino al 31.03.25" sheetId="1" r:id="rId1"/>
+    <sheet name="Mandati fino al 31.03.25" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="108">
   <si>
     <t>TREVISAN SRL</t>
   </si>
   <si>
     <t>C.E.M. SRL</t>
   </si>
   <si>
     <t>A.IERRE ENGINEERING SRL</t>
   </si>
   <si>
     <t>ANAC AUTORITA' NAZIONALE ANTICORRUZIONE</t>
   </si>
   <si>
     <t>BB TECHNICAL SERVICE SRL</t>
   </si>
   <si>
     <t>IPT PROJECT SRL</t>
   </si>
   <si>
     <t>SSG SRL</t>
   </si>
   <si>
     <t>ZANINI ANTONIO SRL</t>
   </si>
   <si>
@@ -140,98 +140,86 @@
   <si>
     <t>0226</t>
   </si>
   <si>
     <t>0228</t>
   </si>
   <si>
     <t>0198</t>
   </si>
   <si>
     <t>COOPROGETTI</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 199 DD 16/12/2024</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 15 DD 17/12/2024</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 321 DD 17/12/2024</t>
   </si>
   <si>
     <t>CAPITANERIA DI PORTO DI MONFALCONE</t>
   </si>
   <si>
-    <t>ONERI SPOSTAMENTO CONTATORE POD IT001E30204085</t>
-[...1 lines deleted...]
-  <si>
     <t>0227</t>
   </si>
   <si>
     <t>0187</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 399 DD 31/12/2024</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 212 DD 31/12/2024</t>
   </si>
   <si>
     <t>0229</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 398 DD 31/12/2024</t>
   </si>
   <si>
-    <t>PAGAMENTO DIRITTI VVF PRATICA 16052 SCIA PREVENZIONE INCENDI AUTORIMESSA</t>
-[...1 lines deleted...]
-  <si>
     <t>TESORERIA PROV. DELLO STATO DI GORIZIA</t>
   </si>
   <si>
     <t>VERDEINQUOTA SRL</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 1 DD 08/01/2025</t>
   </si>
   <si>
     <t>0232</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 005207838076 DD 13/01/2025</t>
   </si>
   <si>
-    <t>PAGAMENTO ONERI DI ISTRUTTORIA PER AUTORIZZAZIONE ALL'ALLACCIAMENTO ALLA FOGNATURA P.IVA 00087070314 C.F.81001290311</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ENEL ENERGIA SRL </t>
   </si>
   <si>
-    <t xml:space="preserve">IRISQACQUA SRL </t>
-[...1 lines deleted...]
-  <si>
     <t>PAGAMENTO FATTURA N. 7 DD 16/01/2025</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 226 DD 31/12/2024</t>
   </si>
   <si>
     <t>F&amp;M INGEGNERIA SPA</t>
   </si>
   <si>
     <t>0214</t>
   </si>
   <si>
     <t>0213</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 27 DD 15/01/2025</t>
   </si>
   <si>
     <t>PAGAMENTO CONTRIBUTO GARA</t>
   </si>
   <si>
     <t>0219</t>
   </si>
   <si>
     <t>0231</t>
@@ -324,50 +312,80 @@
     <t>PAGAMENTO FATTURA N. 3 DD 21/02/2025</t>
   </si>
   <si>
     <t>MIGLIORINI LUCIANO</t>
   </si>
   <si>
     <t>VB STUDIO ASSOCIATO</t>
   </si>
   <si>
     <t xml:space="preserve">CAPRONI FRANCESCO </t>
   </si>
   <si>
     <t>LGT LABORATORIO GEOTECNICO SRL</t>
   </si>
   <si>
     <t>CAPRONI ING. GIOVANNI</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 45 DD 28/02/2025</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 13 DD 12/03/2025</t>
   </si>
   <si>
     <t>PAGAMENTO FATTURA N. 53 DD 28/02/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CATEGORIA DI SPESA </t>
+  </si>
+  <si>
+    <t>TIPOLOGIA DI SPESA</t>
+  </si>
+  <si>
+    <t>uscite correnti</t>
+  </si>
+  <si>
+    <t>acquisto di beni e servizi</t>
+  </si>
+  <si>
+    <t>uscite in conto capitale</t>
+  </si>
+  <si>
+    <t>investimenti in beni materiali</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRISACQUA SRL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAGAMENTO DIRITTI VVF PRATICA 16052 SCIA PREVENZIONE  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAGAMENTO ONERI ISTRUTT.PRATICA ALLACC.TO FOGNATURA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONERI SPOSTAMENTO CONTATORE </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-[$€-2]\ * #,##0.00_-;\-[$€-2]\ * #,##0.00_-;_-[$€-2]\ * &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
@@ -393,166 +411,147 @@
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color auto="1"/>
-[...10 lines deleted...]
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </right>
       <top style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
-      <diagonal/>
-[...9 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="8">
+  <dxfs count="10">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="164" formatCode="_-[$€-2]\ * #,##0.00_-;\-[$€-2]\ * #,##0.00_-;_-[$€-2]\ * &quot;-&quot;??_-;_-@_-"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
@@ -683,50 +682,58 @@
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
         <vertical style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </vertical>
         <horizontal style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </horizontal>
       </border>
       <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
+      <numFmt numFmtId="19" formatCode="dd/mm/yyyy"/>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="19" formatCode="dd/mm/yyyy"/>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
@@ -775,93 +782,94 @@
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </right>
         <top style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </top>
         <bottom style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </bottom>
         <vertical style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </vertical>
         <horizontal style="thin">
           <color theme="0" tint="-0.34998626667073579"/>
         </horizontal>
       </border>
       <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
-          <fgColor indexed="64"/>
-          <bgColor theme="0"/>
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabella3" displayName="Tabella3" ref="A1:F63" totalsRowShown="0" headerRowDxfId="7" dataDxfId="6">
-[...1 lines deleted...]
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F63">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{49B905B7-6AFF-4AEA-AE00-3E4808E320AA}" name="Tabella32" displayName="Tabella32" ref="A1:H63" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:H63">
     <sortCondition ref="A1:A63"/>
   </sortState>
-  <tableColumns count="6">
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="IMPORTO" dataDxfId="0"/>
+  <tableColumns count="8">
+    <tableColumn id="1" xr3:uid="{94ADA692-BF64-4445-9DB8-EA7E3A55E9F7}" name="N. MANDATO" dataDxfId="7"/>
+    <tableColumn id="2" xr3:uid="{73C0DDD0-7497-480F-BEEA-B1666198F830}" name="DATA MANDATO" dataDxfId="6"/>
+    <tableColumn id="8" xr3:uid="{511F6D50-672D-4071-944E-0D68CCE1A27B}" name="CATEGORIA DI SPESA " dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{C9F878E8-5049-4225-9B50-B2EED4B590A0}" name="TIPOLOGIA DI SPESA" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{9C22185F-4290-4B84-9ACB-EA486F19D476}" name="RAGIONE SOCIALE" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{A95BD6DF-7A5E-4FC4-AA4D-207D94AE2240}" name="OPERA" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{31047664-8AEB-4997-9003-DAB6FF0E123D}" name="DESCRIZIONE" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{12101EB2-A565-4FDF-8AEE-381C9BC553D8}" name="IMPORTO" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -1113,1335 +1121,1716 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F63"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CEB97378-4A0F-422D-BDD4-BC76BC112826}">
+  <dimension ref="A1:H63"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A37" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J12" sqref="J12"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K6" sqref="K6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="36.7109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="14.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="25.5703125" customWidth="1"/>
+    <col min="4" max="4" width="29.7109375" customWidth="1"/>
+    <col min="5" max="5" width="45.5703125" customWidth="1"/>
+    <col min="6" max="6" width="11.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="56.85546875" style="3" customWidth="1"/>
+    <col min="8" max="8" width="14.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="7" t="s">
+    <row r="1" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="B1" s="7" t="s">
+      <c r="B1" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="C1" s="7" t="s">
+      <c r="C1" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="D1" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="E1" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="D1" s="7" t="s">
+      <c r="F1" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="E1" s="8" t="s">
+      <c r="G1" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="F1" s="3" t="s">
+      <c r="H1" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A2">
+    <row r="2" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="11">
         <v>3</v>
       </c>
       <c r="B2" s="12">
         <v>45670</v>
       </c>
-      <c r="C2" s="15" t="s">
+      <c r="C2" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D2" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E2" s="11" t="s">
         <v>23</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="F2" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="F2" s="13">
+      <c r="H2" s="14">
         <v>99800</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A3">
+    <row r="3" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="11">
         <v>4</v>
       </c>
       <c r="B3" s="12">
         <v>45670</v>
       </c>
-      <c r="C3" s="16" t="s">
+      <c r="C3" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E3" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="F3" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="13">
+      <c r="H3" s="14">
         <v>72000</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A4">
+    <row r="4" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="11">
         <v>5</v>
       </c>
       <c r="B4" s="12">
         <v>45670</v>
       </c>
       <c r="C4" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E4" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="F4" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="G4" s="11" t="s">
         <v>29</v>
       </c>
-      <c r="F4" s="13">
+      <c r="H4" s="14">
         <v>353600</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5">
+    <row r="5" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="11">
         <v>9</v>
       </c>
       <c r="B5" s="12">
         <v>45672</v>
       </c>
-      <c r="C5" s="16" t="s">
+      <c r="C5" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D5" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E5" s="15" t="s">
         <v>0</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="F5" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" s="11" t="s">
         <v>30</v>
       </c>
-      <c r="F5" s="13">
+      <c r="H5" s="14">
         <v>63826.879999999997</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A6">
+    <row r="6" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="11">
         <v>10</v>
       </c>
       <c r="B6" s="12">
         <v>45672</v>
       </c>
-      <c r="C6" s="16" t="s">
+      <c r="C6" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D6" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E6" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="F6" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="E6" t="s">
+      <c r="G6" s="11" t="s">
         <v>36</v>
       </c>
-      <c r="F6" s="13">
+      <c r="H6" s="14">
         <v>57824</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A7">
+    <row r="7" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="11">
         <v>11</v>
       </c>
       <c r="B7" s="12">
         <v>45672</v>
       </c>
       <c r="C7" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D7" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E7" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="F7" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7" s="11" t="s">
         <v>37</v>
       </c>
-      <c r="F7" s="13">
+      <c r="H7" s="14">
         <v>13061.8</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A8">
+    <row r="8" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11">
         <v>12</v>
       </c>
       <c r="B8" s="12">
         <v>45672</v>
       </c>
       <c r="C8" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D8" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E8" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="F8" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="E8" t="s">
+      <c r="G8" s="11" t="s">
         <v>38</v>
       </c>
-      <c r="F8" s="13">
+      <c r="H8" s="14">
         <v>1773.92</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A9">
+    <row r="9" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="11">
         <v>13</v>
       </c>
       <c r="B9" s="12">
         <v>45672</v>
       </c>
       <c r="C9" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D9" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E9" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="F9" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="E9" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="13">
+      <c r="G9" s="17" t="s">
+        <v>107</v>
+      </c>
+      <c r="H9" s="14">
         <v>256.42</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A10">
+    <row r="10" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="11">
         <v>15</v>
       </c>
       <c r="B10" s="12">
         <v>45673</v>
       </c>
-      <c r="C10" s="16" t="s">
+      <c r="C10" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D10" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E10" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="14" t="s">
+      <c r="F10" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="F10" s="13">
+      <c r="H10" s="14">
         <v>210</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11">
+    <row r="11" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="11">
         <v>19</v>
       </c>
       <c r="B11" s="12">
         <v>45677</v>
       </c>
       <c r="C11" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="F11" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="E11" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="13">
+      <c r="H11" s="14">
         <v>960</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A12">
+    <row r="12" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="11">
         <v>20</v>
       </c>
       <c r="B12" s="12">
         <v>45677</v>
       </c>
-      <c r="C12" s="16" t="s">
+      <c r="C12" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E12" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="D12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="F12" s="13">
+      <c r="G12" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="H12" s="14">
         <v>18448.04</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A13">
+    <row r="13" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="11">
         <v>22</v>
       </c>
       <c r="B13" s="12">
         <v>45677</v>
       </c>
-      <c r="C13" s="16" t="s">
+      <c r="C13" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F13" s="13">
+      <c r="F13" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="G13" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13" s="14">
         <v>8707.5499999999993</v>
       </c>
     </row>
-    <row r="14" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A14">
+    <row r="14" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="11">
         <v>25</v>
       </c>
       <c r="B14" s="12">
         <v>45679</v>
       </c>
       <c r="C14" s="16" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D14" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D14" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E14" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="13">
+      <c r="G14" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="H14" s="14">
         <v>408</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A15">
+    <row r="15" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11">
         <v>30</v>
       </c>
       <c r="B15" s="12">
         <v>45680</v>
       </c>
       <c r="C15" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D15" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F15" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="D15" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F15" s="13">
+      <c r="G15" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H15" s="14">
         <v>4939</v>
       </c>
     </row>
-    <row r="16" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A16">
+    <row r="16" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="11">
         <v>31</v>
       </c>
       <c r="B16" s="12">
         <v>45681</v>
       </c>
-      <c r="C16" s="16" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="2" t="s">
+      <c r="C16" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="E16" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="13">
+      <c r="G16" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="H16" s="14">
         <v>31.57</v>
       </c>
     </row>
-    <row r="17" spans="1:6" ht="45" x14ac:dyDescent="0.25">
-      <c r="A17">
+    <row r="17" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="11">
         <v>32</v>
       </c>
       <c r="B17" s="12">
         <v>45685</v>
       </c>
-      <c r="C17" s="16" t="s">
-[...8 lines deleted...]
-      <c r="F17" s="13">
+      <c r="C17" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D17" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="F17" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G17" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="H17" s="14">
         <v>300</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A18">
+    <row r="18" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="11">
         <v>35</v>
       </c>
       <c r="B18" s="12">
         <v>45686</v>
       </c>
       <c r="C18" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E18" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="F18" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E18" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="13">
+      <c r="G18" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18" s="14">
         <v>165307</v>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A19">
+    <row r="19" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11">
         <v>36</v>
       </c>
       <c r="B19" s="12">
         <v>45686</v>
       </c>
       <c r="C19" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="F19" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="E19" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="13">
+      <c r="G19" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="H19" s="14">
         <v>19242.11</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A20">
+    <row r="20" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11">
         <v>37</v>
       </c>
       <c r="B20" s="12">
         <v>45686</v>
       </c>
       <c r="C20" s="16" t="s">
-        <v>58</v>
-[...7 lines deleted...]
-      <c r="F20" s="13">
+        <v>100</v>
+      </c>
+      <c r="D20" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E20" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H20" s="14">
         <v>16627.25</v>
       </c>
     </row>
-    <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A21">
+    <row r="21" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11">
         <v>38</v>
       </c>
       <c r="B21" s="12">
         <v>45687</v>
       </c>
-      <c r="C21" s="17" t="s">
+      <c r="C21" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E21" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="F21" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="E21" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="13">
+      <c r="G21" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H21" s="14">
         <v>410</v>
       </c>
     </row>
-    <row r="22" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A22">
+    <row r="22" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="11">
         <v>39</v>
       </c>
       <c r="B22" s="12">
         <v>45687</v>
       </c>
-      <c r="C22" s="17" t="s">
+      <c r="C22" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E22" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="F22" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E22" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="13">
+      <c r="G22" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H22" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="23" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A23">
+    <row r="23" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="11">
         <v>40</v>
       </c>
       <c r="B23" s="12">
         <v>45687</v>
       </c>
-      <c r="C23" s="17" t="s">
+      <c r="C23" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E23" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F23" s="13">
+      <c r="F23" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="G23" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H23" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="24" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A24">
+    <row r="24" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="11">
         <v>41</v>
       </c>
       <c r="B24" s="12">
         <v>45687</v>
       </c>
-      <c r="C24" s="17" t="s">
+      <c r="C24" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E24" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="F24" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="E24" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="13">
+      <c r="G24" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H24" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A25">
+    <row r="25" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11">
         <v>42</v>
       </c>
       <c r="B25" s="12">
         <v>45687</v>
       </c>
-      <c r="C25" s="17" t="s">
+      <c r="C25" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D25" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E25" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D25" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F25" s="13">
+      <c r="F25" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="G25" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H25" s="14">
         <v>660</v>
       </c>
     </row>
-    <row r="26" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A26">
+    <row r="26" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="11">
         <v>43</v>
       </c>
       <c r="B26" s="12">
         <v>45687</v>
       </c>
-      <c r="C26" s="17" t="s">
+      <c r="C26" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E26" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D26" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F26" s="13">
+      <c r="F26" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="G26" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H26" s="14">
         <v>250</v>
       </c>
     </row>
-    <row r="27" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A27">
+    <row r="27" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="11">
         <v>44</v>
       </c>
       <c r="B27" s="12">
         <v>45687</v>
       </c>
-      <c r="C27" s="17" t="s">
+      <c r="C27" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E27" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D27" s="2" t="s">
+      <c r="F27" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="E27" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="13">
+      <c r="G27" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H27" s="14">
         <v>250</v>
       </c>
     </row>
-    <row r="28" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A28">
+    <row r="28" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="11">
         <v>45</v>
       </c>
       <c r="B28" s="12">
         <v>45687</v>
       </c>
-      <c r="C28" s="17" t="s">
+      <c r="C28" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D28" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E28" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="F28" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E28" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="13">
+      <c r="G28" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H28" s="14">
         <v>660</v>
       </c>
     </row>
-    <row r="29" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A29">
+    <row r="29" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="11">
         <v>46</v>
       </c>
       <c r="B29" s="12">
         <v>45687</v>
       </c>
-      <c r="C29" s="17" t="s">
+      <c r="C29" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D29" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E29" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="F29" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="E29" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="13">
+      <c r="G29" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H29" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="30" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A30">
+    <row r="30" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="11">
         <v>47</v>
       </c>
       <c r="B30" s="12">
         <v>45687</v>
       </c>
-      <c r="C30" s="17" t="s">
+      <c r="C30" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D30" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E30" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D30" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F30" s="13">
+      <c r="F30" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G30" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H30" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="31" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A31">
+    <row r="31" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="11">
         <v>48</v>
       </c>
       <c r="B31" s="12">
         <v>45687</v>
       </c>
-      <c r="C31" s="17" t="s">
+      <c r="C31" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E31" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D31" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F31" s="13">
+      <c r="F31" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G31" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H31" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="32" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A32">
+    <row r="32" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="11">
         <v>49</v>
       </c>
       <c r="B32" s="12">
         <v>45687</v>
       </c>
-      <c r="C32" s="17" t="s">
+      <c r="C32" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D32" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E32" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D32" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="13">
+      <c r="F32" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G32" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H32" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A33">
+    <row r="33" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="11">
         <v>50</v>
       </c>
       <c r="B33" s="12">
         <v>45687</v>
       </c>
-      <c r="C33" s="17" t="s">
+      <c r="C33" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D33" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E33" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D33" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="F33" s="13">
+      <c r="G33" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H33" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="34" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A34">
+    <row r="34" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="11">
         <v>51</v>
       </c>
       <c r="B34" s="12">
         <v>45687</v>
       </c>
-      <c r="C34" s="17" t="s">
+      <c r="C34" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D34" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E34" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D34" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F34" s="13">
+      <c r="F34" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G34" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H34" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="35" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A35">
+    <row r="35" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="11">
         <v>59</v>
       </c>
       <c r="B35" s="12">
         <v>45702</v>
       </c>
-      <c r="C35" s="17" t="s">
+      <c r="C35" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D35" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E35" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="F35" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E35" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="13">
+      <c r="G35" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H35" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="36" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A36">
+    <row r="36" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="11">
         <v>60</v>
       </c>
       <c r="B36" s="12">
         <v>45702</v>
       </c>
-      <c r="C36" s="17" t="s">
+      <c r="C36" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D36" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E36" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D36" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F36" s="13">
+      <c r="F36" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G36" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H36" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="37" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A37">
+    <row r="37" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="11">
         <v>61</v>
       </c>
       <c r="B37" s="12">
         <v>45702</v>
       </c>
-      <c r="C37" s="17" t="s">
+      <c r="C37" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D37" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E37" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D37" s="2" t="s">
+      <c r="F37" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E37" t="s">
-[...2 lines deleted...]
-      <c r="F37" s="13">
+      <c r="G37" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H37" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="38" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A38">
+    <row r="38" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="11">
         <v>62</v>
       </c>
       <c r="B38" s="12">
         <v>45702</v>
       </c>
-      <c r="C38" s="17" t="s">
+      <c r="C38" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D38" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E38" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D38" s="2" t="s">
+      <c r="F38" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="E38" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="13">
+      <c r="G38" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H38" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="39" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A39">
+    <row r="39" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="11">
         <v>63</v>
       </c>
       <c r="B39" s="12">
         <v>45702</v>
       </c>
-      <c r="C39" s="17" t="s">
+      <c r="C39" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D39" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E39" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D39" s="2" t="s">
+      <c r="F39" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="E39" t="s">
-[...2 lines deleted...]
-      <c r="F39" s="13">
+      <c r="G39" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H39" s="14">
         <v>35</v>
       </c>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A40">
+    <row r="40" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="11">
         <v>65</v>
       </c>
       <c r="B40" s="12">
         <v>45705</v>
       </c>
-      <c r="C40" s="16" t="s">
-[...2 lines deleted...]
-      <c r="D40" s="2" t="s">
+      <c r="C40" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D40" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E40" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="F40" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="E40" t="s">
-[...2 lines deleted...]
-      <c r="F40" s="13">
+      <c r="G40" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H40" s="14">
         <v>33711.07</v>
       </c>
     </row>
-    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A41">
+    <row r="41" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="11">
         <v>66</v>
       </c>
       <c r="B41" s="12">
         <v>45705</v>
       </c>
       <c r="C41" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D41" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E41" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="D41" s="2" t="s">
+      <c r="F41" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="E41" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="13">
+      <c r="G41" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H41" s="14">
         <v>12534.38</v>
       </c>
     </row>
-    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A42">
+    <row r="42" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="11">
         <v>67</v>
       </c>
       <c r="B42" s="12">
         <v>45705</v>
       </c>
-      <c r="C42" s="16" t="s">
+      <c r="C42" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D42" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E42" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="D42" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F42" s="13">
+      <c r="F42" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="G42" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H42" s="14">
         <v>71500</v>
       </c>
     </row>
-    <row r="43" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A43">
+    <row r="43" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="11">
         <v>68</v>
       </c>
       <c r="B43" s="12">
         <v>45705</v>
       </c>
       <c r="C43" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D43" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E43" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="D43" s="2" t="s">
+      <c r="F43" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="E43" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F43" s="13">
+      <c r="G43" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="H43" s="14">
         <v>387.69</v>
       </c>
     </row>
-    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A44">
+    <row r="44" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="11">
         <v>69</v>
       </c>
       <c r="B44" s="12">
         <v>45705</v>
       </c>
       <c r="C44" s="16" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D44" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D44" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E44" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="F44" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E44" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="13">
+      <c r="G44" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="H44" s="14">
         <v>463788.5</v>
       </c>
     </row>
-    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A45">
+    <row r="45" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="11">
         <v>70</v>
       </c>
       <c r="B45" s="12">
         <v>45705</v>
       </c>
-      <c r="C45" s="16" t="s">
-[...8 lines deleted...]
-      <c r="F45" s="13">
+      <c r="C45" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D45" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="F45" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G45" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H45" s="14">
         <v>12494.27</v>
       </c>
     </row>
-    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A46">
+    <row r="46" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="11">
         <v>77</v>
       </c>
       <c r="B46" s="12">
         <v>45707</v>
       </c>
       <c r="C46" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D46" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E46" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="D46" s="2" t="s">
+      <c r="F46" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="E46" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="13">
+      <c r="G46" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="H46" s="14">
         <v>2980.7</v>
       </c>
     </row>
-    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A47">
+    <row r="47" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="11">
         <v>78</v>
       </c>
       <c r="B47" s="12">
         <v>45707</v>
       </c>
       <c r="C47" s="16" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D47" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D47" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E47" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F47" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E47" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="13">
+      <c r="G47" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="H47" s="14">
         <v>54080</v>
       </c>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A48">
+    <row r="48" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="11">
         <v>79</v>
       </c>
       <c r="B48" s="12">
         <v>45707</v>
       </c>
       <c r="C48" s="16" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D48" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D48" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E48" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="F48" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E48" t="s">
-[...2 lines deleted...]
-      <c r="F48" s="13">
+      <c r="G48" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H48" s="14">
         <v>64827</v>
       </c>
     </row>
-    <row r="49" spans="1:6" ht="30" x14ac:dyDescent="0.25">
-      <c r="A49">
+    <row r="49" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="11">
         <v>87</v>
       </c>
       <c r="B49" s="12">
         <v>45722</v>
       </c>
       <c r="C49" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D49" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E49" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="D49" s="2" t="s">
+      <c r="F49" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="E49" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="13">
+      <c r="G49" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="H49" s="14">
         <v>13.97</v>
       </c>
     </row>
-    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A50">
+    <row r="50" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="11">
         <v>90</v>
       </c>
       <c r="B50" s="12">
         <v>45722</v>
       </c>
-      <c r="C50" s="16" t="s">
-[...2 lines deleted...]
-      <c r="D50" s="2" t="s">
+      <c r="C50" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D50" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E50" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="F50" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="E50" t="s">
-[...2 lines deleted...]
-      <c r="F50" s="13">
+      <c r="G50" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="H50" s="14">
         <v>920</v>
       </c>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A51">
+    <row r="51" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="11">
         <v>96</v>
       </c>
       <c r="B51" s="12">
         <v>45735</v>
       </c>
       <c r="C51" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D51" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E51" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="D51" s="2" t="s">
+      <c r="F51" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="E51" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="13">
+      <c r="G51" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="H51" s="14">
         <v>536.91999999999996</v>
       </c>
     </row>
-    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A52">
+    <row r="52" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="11">
         <v>97</v>
       </c>
       <c r="B52" s="12">
         <v>45735</v>
       </c>
       <c r="C52" s="16" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D52" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D52" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E52" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="F52" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="E52" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="13">
+      <c r="G52" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="H52" s="14">
         <v>3843.23</v>
       </c>
     </row>
-    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A53">
+    <row r="53" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="11">
         <v>98</v>
       </c>
       <c r="B53" s="12">
         <v>45735</v>
       </c>
       <c r="C53" s="16" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D53" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D53" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="F53" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E53" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="13">
+      <c r="G53" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="H53" s="14">
         <v>2767.16</v>
       </c>
     </row>
-    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A54">
+    <row r="54" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="11">
         <v>99</v>
       </c>
       <c r="B54" s="12">
         <v>45735</v>
       </c>
       <c r="C54" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D54" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E54" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="D54" s="2" t="s">
+      <c r="F54" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="E54" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="13">
+      <c r="G54" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="H54" s="14">
         <v>58612.66</v>
       </c>
     </row>
-    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A55">
+    <row r="55" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="11">
         <v>100</v>
       </c>
       <c r="B55" s="12">
         <v>45736</v>
       </c>
-      <c r="C55" s="16" t="s">
+      <c r="C55" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D55" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E55" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="D55" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F55" s="13">
+      <c r="F55" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G55" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="H55" s="14">
         <v>5100</v>
       </c>
     </row>
-    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A56">
+    <row r="56" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="11">
         <v>101</v>
       </c>
       <c r="B56" s="12">
         <v>45736</v>
       </c>
       <c r="C56" s="16" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D56" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D56" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E56" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="F56" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E56" t="s">
-[...2 lines deleted...]
-      <c r="F56" s="13">
+      <c r="G56" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="H56" s="14">
         <v>24394.43</v>
       </c>
     </row>
-    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A57">
+    <row r="57" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="11">
         <v>102</v>
       </c>
       <c r="B57" s="12">
         <v>45736</v>
       </c>
       <c r="C57" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D57" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E57" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="F57" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E57" t="s">
-[...2 lines deleted...]
-      <c r="F57" s="13">
+      <c r="G57" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="H57" s="14">
         <v>15964.98</v>
       </c>
     </row>
-    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A58">
+    <row r="58" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="11">
         <v>103</v>
       </c>
       <c r="B58" s="12">
         <v>45736</v>
       </c>
       <c r="C58" s="16" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D58" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D58" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E58" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F58" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E58" t="s">
-[...2 lines deleted...]
-      <c r="F58" s="13">
+      <c r="G58" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="H58" s="14">
         <v>7000</v>
       </c>
     </row>
-    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A59">
+    <row r="59" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="11">
         <v>104</v>
       </c>
       <c r="B59" s="12">
         <v>45736</v>
       </c>
       <c r="C59" s="16" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D59" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D59" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E59" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="F59" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E59" t="s">
-[...2 lines deleted...]
-      <c r="F59" s="13">
+      <c r="G59" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="H59" s="14">
         <v>16262.94</v>
       </c>
     </row>
-    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A60">
+    <row r="60" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="11">
         <v>106</v>
       </c>
       <c r="B60" s="12">
         <v>45736</v>
       </c>
       <c r="C60" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D60" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E60" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="D60" s="2" t="s">
+      <c r="F60" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="E60" t="s">
-[...2 lines deleted...]
-      <c r="F60" s="13">
+      <c r="G60" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="H60" s="14">
         <v>17900</v>
       </c>
     </row>
-    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A61">
+    <row r="61" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="11">
         <v>107</v>
       </c>
       <c r="B61" s="12">
         <v>45736</v>
       </c>
-      <c r="C61" s="16" t="s">
+      <c r="C61" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D61" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="F61" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G61" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="D61" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F61" s="13">
+      <c r="H61" s="14">
         <v>427.52</v>
       </c>
     </row>
-    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A62">
+    <row r="62" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="11">
         <v>108</v>
       </c>
       <c r="B62" s="12">
         <v>45736</v>
       </c>
       <c r="C62" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D62" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E62" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="D62" s="2" t="s">
+      <c r="F62" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="E62" t="s">
-[...2 lines deleted...]
-      <c r="F62" s="13">
+      <c r="G62" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H62" s="14">
         <v>2766.12</v>
       </c>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A63" s="4"/>
       <c r="B63" s="5"/>
       <c r="C63" s="5"/>
-      <c r="D63" s="6"/>
-[...1 lines deleted...]
-      <c r="F63" s="11"/>
+      <c r="D63" s="5"/>
+      <c r="E63" s="5"/>
+      <c r="F63" s="6"/>
+      <c r="G63" s="7"/>
+      <c r="H63" s="8"/>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="54" orientation="portrait" r:id="rId1"/>
+  <printOptions gridLines="1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="54" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;14COSEVEG I TRIMESTRE 2025</oddHeader>
+  </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mandati fino al 31.03.25</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alessandro Duimovich</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>